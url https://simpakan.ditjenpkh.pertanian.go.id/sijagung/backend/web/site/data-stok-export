--- v0 (2025-11-08)
+++ v1 (2025-12-28)
@@ -20,60 +20,60 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="data" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="21">
   <si>
     <t>Laporan Stok Pakan Jagung Nasional</t>
   </si>
   <si>
     <t>Total Stok (Ton) Dan Rata-rata Kecukupan Produksi (Hari)</t>
   </si>
   <si>
-    <t>Agustus 2025</t>
+    <t>September 2025</t>
   </si>
   <si>
     <t>No.</t>
   </si>
   <si>
     <t>Nama</t>
   </si>
   <si>
-    <t>Agustus</t>
+    <t>September</t>
   </si>
   <si>
     <t>Stok</t>
   </si>
   <si>
     <t>Kecukupan</t>
   </si>
   <si>
     <t>Sumatera</t>
   </si>
   <si>
     <t>Lampung</t>
   </si>
   <si>
     <t>Aceh Dan Sumatera Barat</t>
   </si>
   <si>
     <t>Sumatera Utara</t>
   </si>
   <si>
     <t>Jawa</t>
   </si>
   <si>
     <t>Dki Jakarta Dan Banten</t>
   </si>
@@ -567,237 +567,237 @@
     </row>
     <row r="6" spans="1:4">
       <c r="A6" s="7"/>
       <c r="B6" s="7"/>
       <c r="C6" s="10" t="s">
         <v>5</v>
       </c>
       <c r="D6" s="12"/>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" s="7"/>
       <c r="B7" s="7"/>
       <c r="C7" s="10" t="s">
         <v>6</v>
       </c>
       <c r="D7" s="12" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" s="3" t="s">
         <v>8</v>
       </c>
       <c r="B8" s="3"/>
       <c r="C8" s="4">
-        <v>298932.473</v>
+        <v>254452.55501</v>
       </c>
       <c r="D8" s="5">
-        <v>56.125</v>
+        <v>48.1875</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" s="3">
         <v>1</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C9" s="4">
-        <v>99658.058</v>
+        <v>90814.116</v>
       </c>
       <c r="D9" s="5">
-        <v>59.6</v>
+        <v>53.6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" s="3">
         <v>2</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>10</v>
       </c>
       <c r="C10" s="4">
-        <v>57433.0</v>
+        <v>47680.0</v>
       </c>
       <c r="D10" s="5">
-        <v>79</v>
+        <v>65</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" s="3">
         <v>3</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C11" s="4">
-        <v>141841.415</v>
+        <v>115958.43901</v>
       </c>
       <c r="D11" s="5">
-        <v>49.111111111111</v>
+        <v>41.444444444444</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B12" s="3"/>
       <c r="C12" s="4">
-        <v>757688.94725</v>
+        <v>678526.11805</v>
       </c>
       <c r="D12" s="5">
-        <v>39.546875</v>
+        <v>38.203125</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" s="3">
         <v>1</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="4">
-        <v>158812.523</v>
+        <v>139716.257</v>
       </c>
       <c r="D13" s="5">
-        <v>34.133333333333</v>
+        <v>31.266666666667</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" s="3">
         <v>2</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C14" s="4">
-        <v>140409.269</v>
+        <v>134200.853</v>
       </c>
       <c r="D14" s="5">
-        <v>32.461538461538</v>
+        <v>34</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" s="3">
         <v>3</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C15" s="4">
-        <v>171253.145</v>
+        <v>154398.7847</v>
       </c>
       <c r="D15" s="5">
-        <v>42.846153846154</v>
+        <v>42.538461538462</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" s="3">
         <v>4</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C16" s="4">
-        <v>287214.01025</v>
+        <v>250210.22335</v>
       </c>
       <c r="D16" s="5">
-        <v>45.217391304348</v>
+        <v>42.652173913043</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="4">
-        <v>24757.932</v>
+        <v>25827.178</v>
       </c>
       <c r="D17" s="5">
-        <v>34</v>
+        <v>48</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" s="3">
         <v>1</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C18" s="4">
-        <v>24757.932</v>
+        <v>25827.178</v>
       </c>
       <c r="D18" s="5">
-        <v>34</v>
+        <v>48</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B19" s="3"/>
       <c r="C19" s="4">
-        <v>86514.296</v>
+        <v>98432.588</v>
       </c>
       <c r="D19" s="5">
-        <v>40.666666666667</v>
+        <v>47.666666666667</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" s="3">
         <v>1</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="4">
-        <v>86514.296</v>
+        <v>98432.588</v>
       </c>
       <c r="D20" s="5">
-        <v>40.666666666667</v>
+        <v>47.666666666667</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" s="13"/>
       <c r="B21" s="13"/>
       <c r="C21" s="14">
-        <v>1167893.64825</v>
+        <v>1057238.43906</v>
       </c>
       <c r="D21" s="15">
-        <v>42.415730337079</v>
+        <v>40.886363636364</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:C1"/>
     <mergeCell ref="A2:C2"/>
     <mergeCell ref="A3:C3"/>
     <mergeCell ref="A5:A7"/>
     <mergeCell ref="B5:B7"/>
-    <mergeCell ref="C5:R5"/>
+    <mergeCell ref="C5:T5"/>
     <mergeCell ref="C6:D6"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>