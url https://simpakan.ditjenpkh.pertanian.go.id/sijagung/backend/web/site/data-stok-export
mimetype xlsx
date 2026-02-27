--- v1 (2025-12-28)
+++ v2 (2026-02-27)
@@ -20,60 +20,60 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="data" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="21">
   <si>
     <t>Laporan Stok Pakan Jagung Nasional</t>
   </si>
   <si>
     <t>Total Stok (Ton) Dan Rata-rata Kecukupan Produksi (Hari)</t>
   </si>
   <si>
-    <t>September 2025</t>
+    <t>November 2025</t>
   </si>
   <si>
     <t>No.</t>
   </si>
   <si>
     <t>Nama</t>
   </si>
   <si>
-    <t>September</t>
+    <t>November</t>
   </si>
   <si>
     <t>Stok</t>
   </si>
   <si>
     <t>Kecukupan</t>
   </si>
   <si>
     <t>Sumatera</t>
   </si>
   <si>
     <t>Lampung</t>
   </si>
   <si>
     <t>Aceh Dan Sumatera Barat</t>
   </si>
   <si>
     <t>Sumatera Utara</t>
   </si>
   <si>
     <t>Jawa</t>
   </si>
   <si>
     <t>Dki Jakarta Dan Banten</t>
   </si>
@@ -496,51 +496,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A21" sqref="A21:D21"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="3" max="3" width="16" bestFit="true" customWidth="true" style="1"/>
+    <col min="3" max="3" width="13" bestFit="true" customWidth="true" style="1"/>
     <col min="4" max="4" width="11" bestFit="true" customWidth="true" style="2"/>
     <col min="2" max="2" width="47" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="6"/>
       <c r="C1" s="8"/>
       <c r="D1" s="11"/>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="6" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="6"/>
       <c r="C2" s="8"/>
       <c r="D2" s="11"/>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="6" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="6"/>
@@ -567,237 +567,237 @@
     </row>
     <row r="6" spans="1:4">
       <c r="A6" s="7"/>
       <c r="B6" s="7"/>
       <c r="C6" s="10" t="s">
         <v>5</v>
       </c>
       <c r="D6" s="12"/>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" s="7"/>
       <c r="B7" s="7"/>
       <c r="C7" s="10" t="s">
         <v>6</v>
       </c>
       <c r="D7" s="12" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" s="3" t="s">
         <v>8</v>
       </c>
       <c r="B8" s="3"/>
       <c r="C8" s="4">
-        <v>254452.55501</v>
+        <v>150491.5128</v>
       </c>
       <c r="D8" s="5">
-        <v>48.1875</v>
+        <v>34.1875</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" s="3">
         <v>1</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C9" s="4">
-        <v>90814.116</v>
+        <v>50927.79435</v>
       </c>
       <c r="D9" s="5">
-        <v>53.6</v>
+        <v>39.2</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" s="3">
         <v>2</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>10</v>
       </c>
       <c r="C10" s="4">
-        <v>47680.0</v>
+        <v>56867.0</v>
       </c>
       <c r="D10" s="5">
-        <v>65</v>
+        <v>93.5</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" s="3">
         <v>3</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C11" s="4">
-        <v>115958.43901</v>
+        <v>42696.71845</v>
       </c>
       <c r="D11" s="5">
-        <v>41.444444444444</v>
+        <v>18.222222222222</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B12" s="3"/>
       <c r="C12" s="4">
-        <v>678526.11805</v>
+        <v>553942.36644</v>
       </c>
       <c r="D12" s="5">
-        <v>38.203125</v>
+        <v>36.8</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" s="3">
         <v>1</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="4">
-        <v>139716.257</v>
+        <v>96742.728</v>
       </c>
       <c r="D13" s="5">
-        <v>31.266666666667</v>
+        <v>28.333333333333</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" s="3">
         <v>2</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C14" s="4">
-        <v>134200.853</v>
+        <v>98861.043</v>
       </c>
       <c r="D14" s="5">
-        <v>34</v>
+        <v>32.642857142857</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" s="3">
         <v>3</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C15" s="4">
-        <v>154398.7847</v>
+        <v>134089.642</v>
       </c>
       <c r="D15" s="5">
-        <v>42.538461538462</v>
+        <v>45.846153846154</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" s="3">
         <v>4</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C16" s="4">
-        <v>250210.22335</v>
+        <v>224248.95344</v>
       </c>
       <c r="D16" s="5">
-        <v>42.652173913043</v>
+        <v>39.739130434783</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="4">
-        <v>25827.178</v>
+        <v>26401.9</v>
       </c>
       <c r="D17" s="5">
-        <v>48</v>
+        <v>50</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" s="3">
         <v>1</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C18" s="4">
-        <v>25827.178</v>
+        <v>26401.9</v>
       </c>
       <c r="D18" s="5">
-        <v>48</v>
+        <v>50</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B19" s="3"/>
       <c r="C19" s="4">
-        <v>98432.588</v>
+        <v>78560.723</v>
       </c>
       <c r="D19" s="5">
-        <v>47.666666666667</v>
+        <v>40.5</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" s="3">
         <v>1</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="4">
-        <v>98432.588</v>
+        <v>78560.723</v>
       </c>
       <c r="D20" s="5">
-        <v>47.666666666667</v>
+        <v>40.5</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" s="13"/>
       <c r="B21" s="13"/>
       <c r="C21" s="14">
-        <v>1057238.43906</v>
+        <v>809396.50224</v>
       </c>
       <c r="D21" s="15">
-        <v>40.886363636364</v>
+        <v>36.876404494382</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:C1"/>
     <mergeCell ref="A2:C2"/>
     <mergeCell ref="A3:C3"/>
     <mergeCell ref="A5:A7"/>
     <mergeCell ref="B5:B7"/>
-    <mergeCell ref="C5:T5"/>
+    <mergeCell ref="C5:X5"/>
     <mergeCell ref="C6:D6"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>