--- v0 (2025-10-20)
+++ v1 (2025-12-15)
@@ -20,60 +20,60 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="data" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="21">
   <si>
     <t>Laporan Pembelian Pakan Jagung Nasional</t>
   </si>
   <si>
     <t>Total Volume KA 14% (Ton) Dan Rata-Rata Harga KA 14% (Rp/Kg)</t>
   </si>
   <si>
-    <t>Juli 2025</t>
+    <t>September 2025</t>
   </si>
   <si>
     <t>No.</t>
   </si>
   <si>
     <t>Nama</t>
   </si>
   <si>
-    <t>Juli</t>
+    <t>September</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Harga</t>
   </si>
   <si>
     <t>Sumatera</t>
   </si>
   <si>
     <t>Lampung</t>
   </si>
   <si>
     <t>Aceh Dan Sumatera Barat</t>
   </si>
   <si>
     <t>Sumatera Utara</t>
   </si>
   <si>
     <t>Jawa</t>
   </si>
   <si>
     <t>Dki Jakarta Dan Banten</t>
   </si>
@@ -567,237 +567,237 @@
     </row>
     <row r="6" spans="1:4">
       <c r="A6" s="7"/>
       <c r="B6" s="7"/>
       <c r="C6" s="10" t="s">
         <v>5</v>
       </c>
       <c r="D6" s="12"/>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" s="7"/>
       <c r="B7" s="7"/>
       <c r="C7" s="10" t="s">
         <v>6</v>
       </c>
       <c r="D7" s="12" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" s="3" t="s">
         <v>8</v>
       </c>
       <c r="B8" s="3"/>
       <c r="C8" s="4">
-        <v>160965.11028365</v>
+        <v>79687.687275826</v>
       </c>
       <c r="D8" s="5">
-        <v>5789.0800882936</v>
+        <v>6612.4970215216</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" s="3">
         <v>1</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C9" s="4">
-        <v>50253.36435331</v>
+        <v>33244.633462492</v>
       </c>
       <c r="D9" s="5">
-        <v>5674.1330614538</v>
+        <v>6431.4655680455</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" s="3">
         <v>2</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>10</v>
       </c>
       <c r="C10" s="4">
-        <v>31181.90368</v>
+        <v>13385.041451971</v>
       </c>
       <c r="D10" s="5">
-        <v>5905.643425</v>
+        <v>6609.3661541825</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" s="3">
         <v>3</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C11" s="4">
-        <v>79529.842250341</v>
+        <v>33058.012361363</v>
       </c>
       <c r="D11" s="5">
-        <v>5827.0365839365</v>
+        <v>6726.4243967789</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B12" s="3"/>
       <c r="C12" s="4">
-        <v>559030.62035178</v>
+        <v>389554.47293504</v>
       </c>
       <c r="D12" s="5">
-        <v>5785.5889066423</v>
+        <v>6638.8772783156</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" s="3">
         <v>1</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="4">
-        <v>129441.96651126</v>
+        <v>92965.07158253</v>
       </c>
       <c r="D13" s="5">
-        <v>5772.564326799</v>
+        <v>6745.0084155486</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" s="3">
         <v>2</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C14" s="4">
-        <v>114344.64262551</v>
+        <v>88541.231444855</v>
       </c>
       <c r="D14" s="5">
-        <v>5889.896263223</v>
+        <v>6705.6617578098</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" s="3">
         <v>3</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C15" s="4">
-        <v>119284.79546465</v>
+        <v>82794.054138689</v>
       </c>
       <c r="D15" s="5">
-        <v>5803.6004501955</v>
+        <v>6538.0666139732</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" s="3">
         <v>4</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C16" s="4">
-        <v>195959.21575035</v>
+        <v>125254.11576897</v>
       </c>
       <c r="D16" s="5">
-        <v>5724.9464282035</v>
+        <v>6590.604234936</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="4">
-        <v>17889.498571247</v>
+        <v>13016.8350275</v>
       </c>
       <c r="D17" s="5">
-        <v>5670.9750125</v>
+        <v>6651.680125</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" s="3">
         <v>1</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C18" s="4">
-        <v>17889.498571247</v>
+        <v>13016.8350275</v>
       </c>
       <c r="D18" s="5">
-        <v>5670.9750125</v>
+        <v>6651.680125</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B19" s="3"/>
       <c r="C19" s="4">
-        <v>39872.497452365</v>
+        <v>56859.825242512</v>
       </c>
       <c r="D19" s="5">
-        <v>5583.8081970965</v>
+        <v>6283.977020657</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" s="3">
         <v>1</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="4">
-        <v>39872.497452365</v>
+        <v>56859.825242512</v>
       </c>
       <c r="D20" s="5">
-        <v>5583.8081970965</v>
+        <v>6283.977020657</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" s="13"/>
       <c r="B21" s="13"/>
       <c r="C21" s="14">
-        <v>777757.72665905</v>
+        <v>539118.82048088</v>
       </c>
       <c r="D21" s="15">
-        <v>5769.8610300612</v>
+        <v>6610.1473966547</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:C1"/>
     <mergeCell ref="A2:C2"/>
     <mergeCell ref="A3:C3"/>
     <mergeCell ref="A5:A7"/>
     <mergeCell ref="B5:B7"/>
-    <mergeCell ref="C5:P5"/>
+    <mergeCell ref="C5:T5"/>
     <mergeCell ref="C6:D6"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>