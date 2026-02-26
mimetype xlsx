--- v1 (2025-12-15)
+++ v2 (2026-02-26)
@@ -20,60 +20,60 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="data" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="21">
   <si>
     <t>Laporan Pembelian Pakan Jagung Nasional</t>
   </si>
   <si>
     <t>Total Volume KA 14% (Ton) Dan Rata-Rata Harga KA 14% (Rp/Kg)</t>
   </si>
   <si>
-    <t>September 2025</t>
+    <t>November 2025</t>
   </si>
   <si>
     <t>No.</t>
   </si>
   <si>
     <t>Nama</t>
   </si>
   <si>
-    <t>September</t>
+    <t>November</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Harga</t>
   </si>
   <si>
     <t>Sumatera</t>
   </si>
   <si>
     <t>Lampung</t>
   </si>
   <si>
     <t>Aceh Dan Sumatera Barat</t>
   </si>
   <si>
     <t>Sumatera Utara</t>
   </si>
   <si>
     <t>Jawa</t>
   </si>
   <si>
     <t>Dki Jakarta Dan Banten</t>
   </si>
@@ -567,237 +567,237 @@
     </row>
     <row r="6" spans="1:4">
       <c r="A6" s="7"/>
       <c r="B6" s="7"/>
       <c r="C6" s="10" t="s">
         <v>5</v>
       </c>
       <c r="D6" s="12"/>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" s="7"/>
       <c r="B7" s="7"/>
       <c r="C7" s="10" t="s">
         <v>6</v>
       </c>
       <c r="D7" s="12" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" s="3" t="s">
         <v>8</v>
       </c>
       <c r="B8" s="3"/>
       <c r="C8" s="4">
-        <v>79687.687275826</v>
+        <v>74182.524065087</v>
       </c>
       <c r="D8" s="5">
-        <v>6612.4970215216</v>
+        <v>7102.2823823715</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" s="3">
         <v>1</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C9" s="4">
-        <v>33244.633462492</v>
+        <v>20552.538653132</v>
       </c>
       <c r="D9" s="5">
-        <v>6431.4655680455</v>
+        <v>6861.9963559504</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" s="3">
         <v>2</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>10</v>
       </c>
       <c r="C10" s="4">
-        <v>13385.041451971</v>
+        <v>17954.576506662</v>
       </c>
       <c r="D10" s="5">
-        <v>6609.3661541825</v>
+        <v>7329.5754369853</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" s="3">
         <v>3</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C11" s="4">
-        <v>33058.012361363</v>
+        <v>35675.408905293</v>
       </c>
       <c r="D11" s="5">
-        <v>6726.4243967789</v>
+        <v>7174.6478104368</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B12" s="3"/>
       <c r="C12" s="4">
-        <v>389554.47293504</v>
+        <v>394316.70051432</v>
       </c>
       <c r="D12" s="5">
-        <v>6638.8772783156</v>
+        <v>6952.1064647505</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" s="3">
         <v>1</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="4">
-        <v>92965.07158253</v>
+        <v>89211.213857447</v>
       </c>
       <c r="D13" s="5">
-        <v>6745.0084155486</v>
+        <v>6914.5098375577</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" s="3">
         <v>2</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C14" s="4">
-        <v>88541.231444855</v>
+        <v>56717.355953083</v>
       </c>
       <c r="D14" s="5">
-        <v>6705.6617578098</v>
+        <v>7037.0538539892</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" s="3">
         <v>3</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C15" s="4">
-        <v>82794.054138689</v>
+        <v>79880.043500883</v>
       </c>
       <c r="D15" s="5">
-        <v>6538.0666139732</v>
+        <v>6973.1090695822</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" s="3">
         <v>4</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C16" s="4">
-        <v>125254.11576897</v>
+        <v>168508.08720291</v>
       </c>
       <c r="D16" s="5">
-        <v>6590.604234936</v>
+        <v>6905.7473619579</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="4">
-        <v>13016.8350275</v>
+        <v>14010.37185</v>
       </c>
       <c r="D17" s="5">
-        <v>6651.680125</v>
+        <v>7021.8475</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" s="3">
         <v>1</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C18" s="4">
-        <v>13016.8350275</v>
+        <v>14010.37185</v>
       </c>
       <c r="D18" s="5">
-        <v>6651.680125</v>
+        <v>7021.8475</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B19" s="3"/>
       <c r="C19" s="4">
-        <v>56859.825242512</v>
+        <v>23997.238214213</v>
       </c>
       <c r="D19" s="5">
-        <v>6283.977020657</v>
+        <v>7095.4905591984</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" s="3">
         <v>1</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="4">
-        <v>56859.825242512</v>
+        <v>23997.238214213</v>
       </c>
       <c r="D20" s="5">
-        <v>6283.977020657</v>
+        <v>7095.4905591984</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" s="13"/>
       <c r="B21" s="13"/>
       <c r="C21" s="14">
-        <v>539118.82048088</v>
+        <v>506506.83464363</v>
       </c>
       <c r="D21" s="15">
-        <v>6610.1473966547</v>
+        <v>6988.1073619</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:C1"/>
     <mergeCell ref="A2:C2"/>
     <mergeCell ref="A3:C3"/>
     <mergeCell ref="A5:A7"/>
     <mergeCell ref="B5:B7"/>
-    <mergeCell ref="C5:T5"/>
+    <mergeCell ref="C5:X5"/>
     <mergeCell ref="C6:D6"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>